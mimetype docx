--- v0 (2025-10-08)
+++ v1 (2025-12-23)
@@ -3327,128 +3327,145 @@
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D5369C">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Publication Fee (Payable Upon Acceptance)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D5369C">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="486FF67B" w14:textId="552D24AA" w:rsidR="00174B7E" w:rsidRPr="00D5369C" w:rsidRDefault="00D5369C" w:rsidP="00D5369C">
+    <w:p w14:paraId="486FF67B" w14:textId="02C3B370" w:rsidR="00174B7E" w:rsidRPr="00D5369C" w:rsidRDefault="00D5369C" w:rsidP="00D5369C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PK" w:eastAsia="en-PK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D5369C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PK" w:eastAsia="en-PK"/>
         </w:rPr>
         <w:t>For All Categories</w:t>
       </w:r>
       <w:r w:rsidRPr="00D5369C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PK" w:eastAsia="en-PK"/>
         </w:rPr>
         <w:t>: Rs. 15,000/-</w:t>
+      </w:r>
+      <w:r w:rsidR="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PK" w:eastAsia="en-PK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00423DD5" w:rsidRPr="00174B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(non-refundable)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A4FAC4C" w14:textId="77777777" w:rsidR="00174B7E" w:rsidRPr="00D5369C" w:rsidRDefault="00174B7E" w:rsidP="00174B7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D5369C">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Case Reports, Editorials, and Short Communications</w:t>
       </w:r>
       <w:r w:rsidRPr="00D5369C">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: 50% of the above charges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A38FEB4" w14:textId="77777777" w:rsidR="0089751A" w:rsidRDefault="0089751A" w:rsidP="00174B7E">
+    <w:p w14:paraId="5A38FEB4" w14:textId="77777777" w:rsidR="0089751A" w:rsidRPr="00423DD5" w:rsidRDefault="0089751A" w:rsidP="00174B7E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A3A4BD4" w14:textId="7DDB1EC9" w:rsidR="00174B7E" w:rsidRPr="00174B7E" w:rsidRDefault="00174B7E" w:rsidP="00174B7E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00174B7E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fast Track Processing Charges for Manuscripts (Optional)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397BF382" w14:textId="77777777" w:rsidR="00174B7E" w:rsidRPr="00174B7E" w:rsidRDefault="00174B7E" w:rsidP="00174B7E">
       <w:pPr>
@@ -3488,204 +3505,268 @@
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00174B7E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Submission Fee</w:t>
       </w:r>
       <w:r w:rsidRPr="00174B7E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>: Rs. 3,000/- (non-refundable)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35C2F73A" w14:textId="77777777" w:rsidR="00174B7E" w:rsidRPr="00174B7E" w:rsidRDefault="00174B7E" w:rsidP="00174B7E">
+    <w:p w14:paraId="35C2F73A" w14:textId="404BC24F" w:rsidR="00174B7E" w:rsidRPr="00174B7E" w:rsidRDefault="00174B7E" w:rsidP="00174B7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00174B7E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Publication Fee</w:t>
       </w:r>
       <w:r w:rsidRPr="00174B7E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>: Rs. 20,000/- (payable before issuance of acceptance letter).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="48447F82" w14:textId="77777777" w:rsidR="0089751A" w:rsidRDefault="0089751A" w:rsidP="0089751A">
+        <w:t>: Rs. 20,000/- (</w:t>
+      </w:r>
+      <w:r w:rsidR="00423DD5" w:rsidRPr="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>payable before issuance of acceptance letter</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97384">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97384" w:rsidRPr="00174B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>non-refundable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00174B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48447F82" w14:textId="77777777" w:rsidR="0089751A" w:rsidRPr="00423DD5" w:rsidRDefault="0089751A" w:rsidP="0089751A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1393337B" w14:textId="0016E149" w:rsidR="00174B7E" w:rsidRPr="00174B7E" w:rsidRDefault="0089751A" w:rsidP="0089751A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidR="00174B7E" w:rsidRPr="00174B7E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>International Authors</w:t>
       </w:r>
       <w:r w:rsidR="00174B7E" w:rsidRPr="00174B7E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4BED2E" w14:textId="4E0DBF24" w:rsidR="0089751A" w:rsidRPr="0089751A" w:rsidRDefault="0089751A" w:rsidP="0089751A">
+    <w:p w14:paraId="3B4BED2E" w14:textId="525712E2" w:rsidR="0089751A" w:rsidRPr="0089751A" w:rsidRDefault="0089751A" w:rsidP="0089751A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089751A">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Submission Charges: </w:t>
+        <w:t xml:space="preserve">Submission </w:t>
+      </w:r>
+      <w:r w:rsidR="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fee</w:t>
       </w:r>
       <w:r w:rsidRPr="0089751A">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="112AAD22" w14:textId="57D8DE95" w:rsidR="00174B7E" w:rsidRPr="0089751A" w:rsidRDefault="0089751A" w:rsidP="0089751A">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089751A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>USD 20/- (non-refundable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="112AAD22" w14:textId="22160BF4" w:rsidR="00174B7E" w:rsidRPr="0089751A" w:rsidRDefault="0089751A" w:rsidP="0089751A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089751A">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Publication Charges: </w:t>
+        <w:t xml:space="preserve">Publication </w:t>
+      </w:r>
+      <w:r w:rsidR="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fee</w:t>
       </w:r>
       <w:r w:rsidRPr="0089751A">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
-        </w:rPr>
-        <w:t>USD 100$/- (payable before issuance of acceptance letter</w:t>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0089751A">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
-          <w:b/>
-[...16 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">USD 100/- </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97384" w:rsidRPr="00174B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97384" w:rsidRPr="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>payable before issuance of acceptance letter</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97384">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97384" w:rsidRPr="00174B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>non-refundable).</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2D40B4B7" w14:textId="760916DB" w:rsidR="00174B7E" w:rsidRPr="00174B7E" w:rsidRDefault="00174B7E" w:rsidP="00C940C4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00174B7E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Account Details (for Authors)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3138DD" w14:textId="77777777" w:rsidR="00174B7E" w:rsidRPr="00C940C4" w:rsidRDefault="00174B7E" w:rsidP="00174B7E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -3884,104 +3965,154 @@
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidRPr="00557A6A">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The payment of processing and publication fees is the responsibility of the corresponding author. Payments from others will not be accepted, and submissions will not proceed otherwise.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E85E0A1" w14:textId="77777777" w:rsidR="00557A6A" w:rsidRDefault="00557A6A" w:rsidP="00174B7E">
+    <w:p w14:paraId="3E85E0A1" w14:textId="77777777" w:rsidR="00557A6A" w:rsidRPr="00423DD5" w:rsidRDefault="00557A6A" w:rsidP="00174B7E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78F7A393" w14:textId="4F4B3C35" w:rsidR="00174B7E" w:rsidRDefault="00174B7E" w:rsidP="00174B7E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00174B7E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Refund Policy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30AD2746" w14:textId="31C3B985" w:rsidR="00241B0C" w:rsidRDefault="00174B7E">
+    <w:p w14:paraId="30AD2746" w14:textId="3F69509F" w:rsidR="00241B0C" w:rsidRDefault="00423DD5">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00174B7E">
-[...4 lines deleted...]
-        <w:t>The publication fee is non-refundable if the author withdraws the article after the acceptance letter is issued.</w:t>
+      <w:r w:rsidRPr="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>All processing, submission, and publication fees are strictly non-refundable.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">This applies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>under all circumstances</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, including if the author withdraws the manuscript at any stage</w:t>
+      </w:r>
+      <w:r w:rsidR="00845122">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>before or after acceptance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00423DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DC8821E" w14:textId="5074FD9B" w:rsidR="00551C36" w:rsidRDefault="00551C36">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7484C588" w14:textId="77777777" w:rsidR="00241B0C" w:rsidRDefault="008B0F86">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="424"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -15078,58 +15209,58 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00241B0C" w:rsidSect="005B35F3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="432" w:right="965" w:bottom="245" w:left="965" w:header="0" w:footer="0" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720" w:equalWidth="0">
         <w:col w:w="10319"/>
       </w:cols>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F3FBCAC" w14:textId="77777777" w:rsidR="001D6BD8" w:rsidRDefault="001D6BD8" w:rsidP="008B0F86">
+    <w:p w14:paraId="1F4381A4" w14:textId="77777777" w:rsidR="004A3F36" w:rsidRDefault="004A3F36" w:rsidP="008B0F86">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A654F9E" w14:textId="77777777" w:rsidR="001D6BD8" w:rsidRDefault="001D6BD8" w:rsidP="008B0F86">
+    <w:p w14:paraId="20F6A38C" w14:textId="77777777" w:rsidR="004A3F36" w:rsidRDefault="004A3F36" w:rsidP="008B0F86">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15224,58 +15355,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="537B5634" w14:textId="77777777" w:rsidR="008B0F86" w:rsidRDefault="008B0F86">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1BA39240" w14:textId="77777777" w:rsidR="008B0F86" w:rsidRDefault="008B0F86">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01AD36D0" w14:textId="77777777" w:rsidR="001D6BD8" w:rsidRDefault="001D6BD8" w:rsidP="008B0F86">
+    <w:p w14:paraId="3E01A568" w14:textId="77777777" w:rsidR="004A3F36" w:rsidRDefault="004A3F36" w:rsidP="008B0F86">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75D69E42" w14:textId="77777777" w:rsidR="001D6BD8" w:rsidRDefault="001D6BD8" w:rsidP="008B0F86">
+    <w:p w14:paraId="2DC6A8AB" w14:textId="77777777" w:rsidR="004A3F36" w:rsidRDefault="004A3F36" w:rsidP="008B0F86">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D7B616B" w14:textId="77777777" w:rsidR="008B0F86" w:rsidRDefault="008B0F86">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="471378CB" w14:textId="77777777" w:rsidR="008B0F86" w:rsidRDefault="008B0F86">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
@@ -18498,51 +18629,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1715353431">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1673144443">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1795517683">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="411514904">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="70587906">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1572276169">
     <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
       <v:stroke weight="3pt" linestyle="thinThin"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -18688,121 +18819,124 @@
     <w:rsid w:val="002C1CFC"/>
     <w:rsid w:val="002C3CCD"/>
     <w:rsid w:val="002C44A6"/>
     <w:rsid w:val="002D296D"/>
     <w:rsid w:val="002D3001"/>
     <w:rsid w:val="002D3753"/>
     <w:rsid w:val="002E15B5"/>
     <w:rsid w:val="002E2C81"/>
     <w:rsid w:val="002E3FFA"/>
     <w:rsid w:val="002E56FD"/>
     <w:rsid w:val="002E665D"/>
     <w:rsid w:val="002F33C9"/>
     <w:rsid w:val="003030DC"/>
     <w:rsid w:val="00307195"/>
     <w:rsid w:val="00307CC7"/>
     <w:rsid w:val="0031053E"/>
     <w:rsid w:val="00313594"/>
     <w:rsid w:val="00321301"/>
     <w:rsid w:val="00321D6A"/>
     <w:rsid w:val="00322BA2"/>
     <w:rsid w:val="00324C3B"/>
     <w:rsid w:val="00325BDA"/>
     <w:rsid w:val="00325DDF"/>
     <w:rsid w:val="00326AD2"/>
     <w:rsid w:val="003309FC"/>
+    <w:rsid w:val="00333B90"/>
     <w:rsid w:val="003350D1"/>
     <w:rsid w:val="003401FD"/>
     <w:rsid w:val="00347F6C"/>
     <w:rsid w:val="00354B33"/>
     <w:rsid w:val="00360B8C"/>
     <w:rsid w:val="00363BE6"/>
     <w:rsid w:val="003647AE"/>
     <w:rsid w:val="00365B80"/>
     <w:rsid w:val="003667F8"/>
     <w:rsid w:val="00367909"/>
     <w:rsid w:val="0037094B"/>
     <w:rsid w:val="00374F7D"/>
     <w:rsid w:val="00377658"/>
     <w:rsid w:val="003819B7"/>
     <w:rsid w:val="003905CC"/>
     <w:rsid w:val="003912A0"/>
     <w:rsid w:val="003913F3"/>
     <w:rsid w:val="003951C1"/>
     <w:rsid w:val="003968D9"/>
     <w:rsid w:val="003A6368"/>
     <w:rsid w:val="003A719D"/>
     <w:rsid w:val="003B02FC"/>
     <w:rsid w:val="003B0E92"/>
     <w:rsid w:val="003B1278"/>
     <w:rsid w:val="003B3BB3"/>
     <w:rsid w:val="003B4FC6"/>
     <w:rsid w:val="003B69C0"/>
     <w:rsid w:val="003C1D6A"/>
     <w:rsid w:val="003C6877"/>
     <w:rsid w:val="003D034B"/>
     <w:rsid w:val="003D4377"/>
     <w:rsid w:val="003D4B82"/>
     <w:rsid w:val="003D6D38"/>
     <w:rsid w:val="003E2744"/>
     <w:rsid w:val="003F0ECD"/>
     <w:rsid w:val="003F4B6B"/>
     <w:rsid w:val="00404DDB"/>
     <w:rsid w:val="004075EB"/>
     <w:rsid w:val="00410E8A"/>
     <w:rsid w:val="00414B0B"/>
     <w:rsid w:val="00420034"/>
     <w:rsid w:val="004204A0"/>
     <w:rsid w:val="004215F2"/>
     <w:rsid w:val="004218F4"/>
     <w:rsid w:val="00422D10"/>
     <w:rsid w:val="00423A98"/>
+    <w:rsid w:val="00423DD5"/>
     <w:rsid w:val="004275F8"/>
     <w:rsid w:val="00432487"/>
     <w:rsid w:val="00433C24"/>
     <w:rsid w:val="00435CA0"/>
     <w:rsid w:val="00436D7D"/>
     <w:rsid w:val="00441C59"/>
     <w:rsid w:val="00450D77"/>
     <w:rsid w:val="00451413"/>
     <w:rsid w:val="004524F6"/>
     <w:rsid w:val="00453285"/>
     <w:rsid w:val="00455A2C"/>
     <w:rsid w:val="00460103"/>
     <w:rsid w:val="00461B93"/>
     <w:rsid w:val="0046706D"/>
     <w:rsid w:val="00467CEA"/>
     <w:rsid w:val="00475764"/>
     <w:rsid w:val="00480542"/>
     <w:rsid w:val="00480929"/>
     <w:rsid w:val="00480F9E"/>
     <w:rsid w:val="00481816"/>
     <w:rsid w:val="00490C2A"/>
     <w:rsid w:val="00492D92"/>
     <w:rsid w:val="004943E8"/>
     <w:rsid w:val="004A243C"/>
     <w:rsid w:val="004A2AA8"/>
+    <w:rsid w:val="004A3F36"/>
     <w:rsid w:val="004A3F38"/>
     <w:rsid w:val="004A6464"/>
     <w:rsid w:val="004B2BA6"/>
     <w:rsid w:val="004B51B1"/>
     <w:rsid w:val="004B6594"/>
     <w:rsid w:val="004C0C69"/>
     <w:rsid w:val="004C0DA2"/>
     <w:rsid w:val="004C26BE"/>
     <w:rsid w:val="004C296B"/>
     <w:rsid w:val="004C45F1"/>
     <w:rsid w:val="004C4F47"/>
     <w:rsid w:val="004D4DE8"/>
     <w:rsid w:val="004D697D"/>
     <w:rsid w:val="004E0E59"/>
     <w:rsid w:val="004F188E"/>
     <w:rsid w:val="004F18BA"/>
     <w:rsid w:val="004F3900"/>
     <w:rsid w:val="004F59C7"/>
     <w:rsid w:val="004F74E6"/>
     <w:rsid w:val="00500A6A"/>
     <w:rsid w:val="00501018"/>
     <w:rsid w:val="00501A48"/>
     <w:rsid w:val="005031DF"/>
     <w:rsid w:val="00503B07"/>
     <w:rsid w:val="005052D6"/>
@@ -18957,50 +19091,51 @@
     <w:rsid w:val="007D6145"/>
     <w:rsid w:val="007E06D7"/>
     <w:rsid w:val="007E36D7"/>
     <w:rsid w:val="007E5293"/>
     <w:rsid w:val="007E54CB"/>
     <w:rsid w:val="007F45B3"/>
     <w:rsid w:val="008009B9"/>
     <w:rsid w:val="008076A2"/>
     <w:rsid w:val="00810B4F"/>
     <w:rsid w:val="00810C44"/>
     <w:rsid w:val="008115CA"/>
     <w:rsid w:val="0081317F"/>
     <w:rsid w:val="008148DF"/>
     <w:rsid w:val="00817398"/>
     <w:rsid w:val="00826EC7"/>
     <w:rsid w:val="00831C22"/>
     <w:rsid w:val="00832EE8"/>
     <w:rsid w:val="00833370"/>
     <w:rsid w:val="00835AAF"/>
     <w:rsid w:val="00836E4E"/>
     <w:rsid w:val="00836F7A"/>
     <w:rsid w:val="00837542"/>
     <w:rsid w:val="00840650"/>
     <w:rsid w:val="00843139"/>
     <w:rsid w:val="00844BFA"/>
+    <w:rsid w:val="00845122"/>
     <w:rsid w:val="008503F0"/>
     <w:rsid w:val="008530D3"/>
     <w:rsid w:val="00854FC1"/>
     <w:rsid w:val="00856C7F"/>
     <w:rsid w:val="00856F33"/>
     <w:rsid w:val="00857839"/>
     <w:rsid w:val="008602D4"/>
     <w:rsid w:val="00861E5C"/>
     <w:rsid w:val="00863575"/>
     <w:rsid w:val="008664A3"/>
     <w:rsid w:val="00866EA1"/>
     <w:rsid w:val="00867532"/>
     <w:rsid w:val="00871F06"/>
     <w:rsid w:val="00873F02"/>
     <w:rsid w:val="00874EE7"/>
     <w:rsid w:val="008756FD"/>
     <w:rsid w:val="00875ED3"/>
     <w:rsid w:val="008769C4"/>
     <w:rsid w:val="008839DE"/>
     <w:rsid w:val="00890DAB"/>
     <w:rsid w:val="0089103A"/>
     <w:rsid w:val="00893FFF"/>
     <w:rsid w:val="00895DB7"/>
     <w:rsid w:val="0089751A"/>
     <w:rsid w:val="008A2321"/>
@@ -19082,50 +19217,51 @@
     <w:rsid w:val="009E1366"/>
     <w:rsid w:val="009E1AD1"/>
     <w:rsid w:val="009E28A3"/>
     <w:rsid w:val="009E5E4A"/>
     <w:rsid w:val="009E6D87"/>
     <w:rsid w:val="009F2411"/>
     <w:rsid w:val="009F7159"/>
     <w:rsid w:val="00A07203"/>
     <w:rsid w:val="00A10EFB"/>
     <w:rsid w:val="00A127AB"/>
     <w:rsid w:val="00A13A96"/>
     <w:rsid w:val="00A15B51"/>
     <w:rsid w:val="00A179FA"/>
     <w:rsid w:val="00A23202"/>
     <w:rsid w:val="00A27008"/>
     <w:rsid w:val="00A27D86"/>
     <w:rsid w:val="00A42A07"/>
     <w:rsid w:val="00A4558A"/>
     <w:rsid w:val="00A45B81"/>
     <w:rsid w:val="00A47420"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A539B5"/>
     <w:rsid w:val="00A66077"/>
     <w:rsid w:val="00A67213"/>
     <w:rsid w:val="00A81F9D"/>
+    <w:rsid w:val="00A852F9"/>
     <w:rsid w:val="00A87396"/>
     <w:rsid w:val="00A91793"/>
     <w:rsid w:val="00A927A9"/>
     <w:rsid w:val="00A93D6C"/>
     <w:rsid w:val="00A94425"/>
     <w:rsid w:val="00A96CB9"/>
     <w:rsid w:val="00AA24C5"/>
     <w:rsid w:val="00AA4D33"/>
     <w:rsid w:val="00AA5D82"/>
     <w:rsid w:val="00AB263E"/>
     <w:rsid w:val="00AB40C5"/>
     <w:rsid w:val="00AB725E"/>
     <w:rsid w:val="00AB7278"/>
     <w:rsid w:val="00AC2907"/>
     <w:rsid w:val="00AC29A2"/>
     <w:rsid w:val="00AC6038"/>
     <w:rsid w:val="00AD110C"/>
     <w:rsid w:val="00AD111A"/>
     <w:rsid w:val="00AD377D"/>
     <w:rsid w:val="00AD6316"/>
     <w:rsid w:val="00AE2B7B"/>
     <w:rsid w:val="00AE3814"/>
     <w:rsid w:val="00AF25C3"/>
     <w:rsid w:val="00AF2A92"/>
     <w:rsid w:val="00B01D12"/>
@@ -19331,50 +19467,51 @@
     <w:rsid w:val="00F13815"/>
     <w:rsid w:val="00F13DEE"/>
     <w:rsid w:val="00F15815"/>
     <w:rsid w:val="00F1582F"/>
     <w:rsid w:val="00F173DA"/>
     <w:rsid w:val="00F20501"/>
     <w:rsid w:val="00F23CD2"/>
     <w:rsid w:val="00F27388"/>
     <w:rsid w:val="00F47560"/>
     <w:rsid w:val="00F50698"/>
     <w:rsid w:val="00F54025"/>
     <w:rsid w:val="00F62750"/>
     <w:rsid w:val="00F67E02"/>
     <w:rsid w:val="00F71A17"/>
     <w:rsid w:val="00F76A61"/>
     <w:rsid w:val="00F80FFC"/>
     <w:rsid w:val="00F82FDC"/>
     <w:rsid w:val="00F85173"/>
     <w:rsid w:val="00F86D3B"/>
     <w:rsid w:val="00F91EFB"/>
     <w:rsid w:val="00F9447C"/>
     <w:rsid w:val="00F94546"/>
     <w:rsid w:val="00F94B96"/>
     <w:rsid w:val="00F96AA3"/>
     <w:rsid w:val="00F96F1F"/>
+    <w:rsid w:val="00F97384"/>
     <w:rsid w:val="00F97958"/>
     <w:rsid w:val="00FA4F8C"/>
     <w:rsid w:val="00FA7304"/>
     <w:rsid w:val="00FA7DE3"/>
     <w:rsid w:val="00FB15ED"/>
     <w:rsid w:val="00FB18F2"/>
     <w:rsid w:val="00FB4028"/>
     <w:rsid w:val="00FB61FC"/>
     <w:rsid w:val="00FB6D9C"/>
     <w:rsid w:val="00FC5E5F"/>
     <w:rsid w:val="00FD4128"/>
     <w:rsid w:val="00FE0EAC"/>
     <w:rsid w:val="00FE2B1A"/>
     <w:rsid w:val="00FE72CE"/>
     <w:rsid w:val="00FF00FA"/>
     <w:rsid w:val="00FF0268"/>
     <w:rsid w:val="00FF0846"/>
     <w:rsid w:val="00FF1D24"/>
     <w:rsid w:val="00FF5257"/>
     <w:rsid w:val="356C7A8A"/>
     <w:rsid w:val="569E2B06"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -19779,51 +19916,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
@@ -20881,116 +21017,116 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026"/>
     <customShpInfo spid="_x0000_s1049"/>
     <customShpInfo spid="_x0000_s1034"/>
     <customShpInfo spid="_x0000_s1050"/>
   </customShpExts>
 </s:customData>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40F8BFB1-A1CD-48FC-B7F5-D5BC3E88C728}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40F8BFB1-A1CD-48FC-B7F5-D5BC3E88C728}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>3193</Words>
-  <Characters>18202</Characters>
+  <Words>3213</Words>
+  <Characters>18315</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>151</Lines>
+  <Lines>152</Lines>
   <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CtrlSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21353</CharactersWithSpaces>
+  <CharactersWithSpaces>21486</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1033-11.2.0.10447</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>5248878BCE8F4159A247BF85AA2608F4</vt:lpwstr>
   </property>
 </Properties>