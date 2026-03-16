--- v1 (2025-12-23)
+++ v2 (2026-03-16)
@@ -1846,103 +1846,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> will be discouraged for publication as original article</w:t>
       </w:r>
       <w:r w:rsidR="00BB3D55">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C5DDE4" w14:textId="51F30F6C" w:rsidR="00241B0C" w:rsidRPr="00DF4157" w:rsidRDefault="00835AAF" w:rsidP="00DF4157">
+    <w:p w14:paraId="73C5DDE4" w14:textId="3E0055C3" w:rsidR="00241B0C" w:rsidRPr="00DF4157" w:rsidRDefault="00835AAF" w:rsidP="00DF4157">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="532" w:hanging="446"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Clinical Trials:</w:t>
       </w:r>
       <w:r w:rsidR="004075EB">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> All Clinical </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E605D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0147B" w:rsidRPr="00B0147B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Trials</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">All clinical trials and quasi-experimental studies submitted for publication must be registered in a recognized clinical trial registry, and proof of registration must be provided. Reports </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B0147B" w:rsidRPr="00B0147B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> submitted for publication must be registered in a registry, provide registration proof</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C62F15">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B0147B" w:rsidRPr="00B0147B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must be provided</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> RCT</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0147B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and all RCTs must be based on CONSORT statement.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0147B" w:rsidRPr="00B0147B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be prepared in accordance with the CONSORT Statement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08DE68CB" w14:textId="020CC38C" w:rsidR="00241B0C" w:rsidRDefault="00835AAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="540" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
@@ -2254,51 +2259,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> website. Normally an article is reviewed by at least two subject experts and </w:t>
       </w:r>
       <w:r w:rsidR="001C2CCD" w:rsidRPr="00E54E31">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>another</w:t>
       </w:r>
       <w:r w:rsidRPr="00E54E31">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> member of the editorial committee. If the reviewer has not sent review within stipulated period, reminder</w:t>
       </w:r>
       <w:r w:rsidR="007217E1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is generated on OJS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A8E3D0" w14:textId="293E9959" w:rsidR="00241B0C" w:rsidRDefault="007217E1" w:rsidP="00441C59">
+    <w:p w14:paraId="70A8E3D0" w14:textId="4C4C03C2" w:rsidR="00241B0C" w:rsidRDefault="007217E1" w:rsidP="00441C59">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="404"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="404"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>by the editorial team</w:t>
       </w:r>
       <w:r w:rsidR="00835AAF" w:rsidRPr="00E54E31">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>. If</w:t>
@@ -2314,59 +2319,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>the reviewer fails to reply</w:t>
       </w:r>
       <w:r w:rsidR="00835AAF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the article is referred to </w:t>
       </w:r>
       <w:r w:rsidR="005C2DA7">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00835AAF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> new reviewer. The usual delay is in the reviewing process owing to the reviewer's professional and academic commitments. The reviewer's comments are communicated to the author. The revised version of the article is sent back to </w:t>
+        <w:t xml:space="preserve"> new reviewer. The usual delay is in the reviewing process owing to the reviewer's professional and academic commitments. The </w:t>
       </w:r>
       <w:r w:rsidR="00835AAF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">the reviewers. A period of 2-4 months is set to finalize the process. The author will be given 2 weeks to incorporate the reviewers’ comments in the revised manuscript. </w:t>
+        <w:t xml:space="preserve">reviewer's comments are communicated to the author. The revised version of the article is sent back to the reviewers. A period of 2-4 months is set to finalize the process. The author will be given 2 weeks to incorporate the reviewers’ comments in the revised manuscript. </w:t>
       </w:r>
       <w:r w:rsidR="008D1BA7">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reminder </w:t>
       </w:r>
       <w:r w:rsidR="00835AAF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">will be given </w:t>
       </w:r>
       <w:r w:rsidR="008D1BA7">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00835AAF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
@@ -2394,59 +2399,57 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bibliographer</w:t>
       </w:r>
       <w:r w:rsidR="00835AAF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E44708">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for the </w:t>
       </w:r>
       <w:r w:rsidR="00835AAF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">verification of references respectively. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006731A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Finally,</w:t>
+      </w:r>
       <w:r w:rsidR="00835AAF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the acceptance letter is issued.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="618DBC8D" w14:textId="77777777" w:rsidR="00762C35" w:rsidRPr="00441C59" w:rsidRDefault="00762C35" w:rsidP="00441C59">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="404"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="404"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A3888C4" w14:textId="77777777" w:rsidR="00241B0C" w:rsidRDefault="00835AAF">
       <w:pPr>
         <w:numPr>
@@ -2454,122 +2457,122 @@
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="424"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="424" w:hanging="424"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>COPYRIGHT STATEMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E397C1" w14:textId="62258F1B" w:rsidR="00241B0C" w:rsidRPr="003350D1" w:rsidRDefault="00835AAF">
+    <w:p w14:paraId="05E397C1" w14:textId="62258F1B" w:rsidR="00241B0C" w:rsidRPr="003350D1" w:rsidRDefault="00835AAF" w:rsidP="00B0147B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:ind w:left="720" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003350D1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
       <w:r w:rsidRPr="003350D1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00551C36" w:rsidRPr="003350D1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve">Any article submitted to PAFMJ must be original and not previously submitted to or published by any other journal, either in part or in full. Authors are required to confirm that their submission is original by signing a submission agreement. Authors retain the copyright to their work but grant PAFMJ the exclusive right to publish, reproduce, and distribute the work under the Creative Commons Attribution-Non-Commercial License (CC BY-NC). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074184B5" w14:textId="45C9F9A3" w:rsidR="00241B0C" w:rsidRPr="003350D1" w:rsidRDefault="00551C36" w:rsidP="00194A68">
+    <w:p w14:paraId="074184B5" w14:textId="45C9F9A3" w:rsidR="00241B0C" w:rsidRPr="003350D1" w:rsidRDefault="00551C36" w:rsidP="00B0147B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003350D1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve">Authors will be required to assist the editors in the final proofreading of their articles before publication. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE3814">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t>Even after acceptance, the publication of an article can be declined by PAFMJ based on the decision of the competent authorities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778CD311" w14:textId="1D747B6C" w:rsidR="00241B0C" w:rsidRPr="003350D1" w:rsidRDefault="00551C36" w:rsidP="00194A68">
+    <w:p w14:paraId="778CD311" w14:textId="1D747B6C" w:rsidR="00241B0C" w:rsidRPr="003350D1" w:rsidRDefault="00551C36" w:rsidP="00B0147B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="75" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003350D1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t>All content created and published by PAFMJ (such as editorials, announcements, or non-article materials) remains the property of PAFMJ. However, for articles and materials submitted by external authors, copyright remains with the authors, and submission or publication by PAFMJ does not transfer copyright ownership to the journal.</w:t>
       </w:r>
@@ -2596,291 +2599,290 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00835AAF" w:rsidRPr="003350D1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LETTER TO EDITOR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02937F1E" w14:textId="69DF479E" w:rsidR="00241B0C" w:rsidRDefault="00835AAF">
+    <w:p w14:paraId="02937F1E" w14:textId="69DF479E" w:rsidR="00241B0C" w:rsidRDefault="00835AAF" w:rsidP="00B0147B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="200"/>
         <w:ind w:left="532" w:hanging="446"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Opinions on topics and articles recently published in the journal will be considered for publication if they are constructive in nature and provide academic/clinical interest. These letters will be forwarded to</w:t>
       </w:r>
       <w:r w:rsidR="00580372">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> author of the cited article for possible response. The editor reserves the right to shorten these letters, delete objectionable comments, make other changes, or take any other suitable decision to comply with the style of the journal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F804F9A" w14:textId="2851C879" w:rsidR="00241B0C" w:rsidRDefault="00C940C4">
+    <w:p w14:paraId="6F804F9A" w14:textId="2851C879" w:rsidR="00241B0C" w:rsidRDefault="00C940C4" w:rsidP="00B0147B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="200"/>
         <w:ind w:left="532" w:hanging="446"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00835AAF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Letters Could Be of Two Types:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287ABF82" w14:textId="0BBA3583" w:rsidR="00241B0C" w:rsidRDefault="00835AAF">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="287ABF82" w14:textId="0BBA3583" w:rsidR="00241B0C" w:rsidRDefault="00835AAF" w:rsidP="00B0147B">
+      <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1. Comment</w:t>
       </w:r>
       <w:r w:rsidR="0053013E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on recently published articles in the journal</w:t>
       </w:r>
       <w:r w:rsidR="00CF1DF4">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">         (OR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0811B2AD" w14:textId="41130383" w:rsidR="00241B0C" w:rsidRDefault="00835AAF">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="0811B2AD" w14:textId="41130383" w:rsidR="00241B0C" w:rsidRDefault="00835AAF" w:rsidP="00B0147B">
+      <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="0070241D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="007C1F24">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cientific L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>etter: reporting cases, outbreaks, or original research.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6683D717" w14:textId="57F504EC" w:rsidR="00241B0C" w:rsidRDefault="00835AAF" w:rsidP="00194A68">
+    <w:p w14:paraId="6683D717" w14:textId="57F504EC" w:rsidR="00241B0C" w:rsidRDefault="00835AAF" w:rsidP="00B0147B">
       <w:pPr>
         <w:ind w:left="900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003350D1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidR="00441C59" w:rsidRPr="003350D1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Any article submitted to PAFMJ must be original and not previously submitted to or published by any other journal, either in part or in full.</w:t>
       </w:r>
       <w:r w:rsidRPr="003350D1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00441C59" w:rsidRPr="003350D1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Authors are required to confirm that their submission is original by signing a submission agreement. Authors retain the copyright to their work but grant PAFMJ the exclusive right to publish, reproduce, and distribute the work under the Creative Commons Attribution-Non-Commercial License (CC BY-NC).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DCAB2B0" w14:textId="77777777" w:rsidR="00194A68" w:rsidRDefault="00194A68" w:rsidP="00194A68">
+    <w:p w14:paraId="6DCAB2B0" w14:textId="77777777" w:rsidR="00194A68" w:rsidRDefault="00194A68" w:rsidP="00B0147B">
       <w:pPr>
         <w:ind w:left="900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6ADF8D55" w14:textId="4820C623" w:rsidR="00241B0C" w:rsidRDefault="00835AAF">
+    <w:p w14:paraId="6ADF8D55" w14:textId="4820C623" w:rsidR="00241B0C" w:rsidRDefault="00835AAF" w:rsidP="00B0147B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="200"/>
         <w:ind w:left="532" w:hanging="446"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D55DF" w:rsidRPr="006D55DF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
@@ -3019,50 +3021,65 @@
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00161CF6">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ommunications.</w:t>
       </w:r>
       <w:r w:rsidR="006D55DF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D55DF" w:rsidRPr="006D55DF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>IRB approval letters are not required for case reports. Instead, a mandatory HOD approval letter must be submitted with the manuscript.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5C99996D" w14:textId="77777777" w:rsidR="00B0147B" w:rsidRDefault="00B0147B" w:rsidP="00B0147B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="532" w:hanging="446"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="1D3DD903" w14:textId="77777777" w:rsidR="00241B0C" w:rsidRDefault="00835AAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="532" w:hanging="446"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>5.3</w:t>
@@ -14635,50 +14652,150 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52BEE8E8" w14:textId="77777777" w:rsidR="00241B0C" w:rsidRDefault="00241B0C">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00FF721C" w14:paraId="7EA3D8A1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8467ED" w14:textId="53B3BB2E" w:rsidR="00FF721C" w:rsidRDefault="00FF721C">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:right="316"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4009" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E93BA54" w14:textId="561A143B" w:rsidR="00FF721C" w:rsidRDefault="00FF721C">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:left="93" w:right="316"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF721C">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Supervisor’s Certificate (Mandatory for Trainees/Residents)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="545FEA14" w14:textId="77777777" w:rsidR="00FF721C" w:rsidRDefault="00FF721C">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1235"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D2C2E61" w14:textId="77777777" w:rsidR="00241B0C" w:rsidRDefault="00241B0C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72FBEC32" w14:textId="77777777" w:rsidR="00241B0C" w:rsidRDefault="00241B0C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -15209,58 +15326,58 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00241B0C" w:rsidSect="005B35F3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="432" w:right="965" w:bottom="245" w:left="965" w:header="0" w:footer="0" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720" w:equalWidth="0">
         <w:col w:w="10319"/>
       </w:cols>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F4381A4" w14:textId="77777777" w:rsidR="004A3F36" w:rsidRDefault="004A3F36" w:rsidP="008B0F86">
+    <w:p w14:paraId="14469733" w14:textId="77777777" w:rsidR="008A3AA1" w:rsidRDefault="008A3AA1" w:rsidP="008B0F86">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20F6A38C" w14:textId="77777777" w:rsidR="004A3F36" w:rsidRDefault="004A3F36" w:rsidP="008B0F86">
+    <w:p w14:paraId="2C64F120" w14:textId="77777777" w:rsidR="008A3AA1" w:rsidRDefault="008A3AA1" w:rsidP="008B0F86">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15270,143 +15387,141 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
-    <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino">
     <w:altName w:val="Book Antiqua"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
-    <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1B765B1E" w14:textId="77777777" w:rsidR="008B0F86" w:rsidRDefault="008B0F86">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="537B5634" w14:textId="77777777" w:rsidR="008B0F86" w:rsidRDefault="008B0F86">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1BA39240" w14:textId="77777777" w:rsidR="008B0F86" w:rsidRDefault="008B0F86">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E01A568" w14:textId="77777777" w:rsidR="004A3F36" w:rsidRDefault="004A3F36" w:rsidP="008B0F86">
+    <w:p w14:paraId="6EB49E01" w14:textId="77777777" w:rsidR="008A3AA1" w:rsidRDefault="008A3AA1" w:rsidP="008B0F86">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DC6A8AB" w14:textId="77777777" w:rsidR="004A3F36" w:rsidRDefault="004A3F36" w:rsidP="008B0F86">
+    <w:p w14:paraId="06124A4F" w14:textId="77777777" w:rsidR="008A3AA1" w:rsidRDefault="008A3AA1" w:rsidP="008B0F86">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D7B616B" w14:textId="77777777" w:rsidR="008B0F86" w:rsidRDefault="008B0F86">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="471378CB" w14:textId="77777777" w:rsidR="008B0F86" w:rsidRDefault="008B0F86">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
@@ -18629,51 +18744,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1715353431">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1673144443">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1795517683">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="411514904">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="70587906">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1572276169">
     <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
       <v:stroke weight="3pt" linestyle="thinThin"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -18767,50 +18882,51 @@
     <w:rsid w:val="001B1C76"/>
     <w:rsid w:val="001B443C"/>
     <w:rsid w:val="001B472A"/>
     <w:rsid w:val="001B4CF9"/>
     <w:rsid w:val="001B73EA"/>
     <w:rsid w:val="001B791E"/>
     <w:rsid w:val="001C2CCD"/>
     <w:rsid w:val="001C54D8"/>
     <w:rsid w:val="001D0320"/>
     <w:rsid w:val="001D14B0"/>
     <w:rsid w:val="001D43D6"/>
     <w:rsid w:val="001D6BD8"/>
     <w:rsid w:val="001E37EE"/>
     <w:rsid w:val="001E605D"/>
     <w:rsid w:val="001E6DE7"/>
     <w:rsid w:val="001E79A4"/>
     <w:rsid w:val="001F31B5"/>
     <w:rsid w:val="001F375F"/>
     <w:rsid w:val="001F515F"/>
     <w:rsid w:val="002022EA"/>
     <w:rsid w:val="00205A19"/>
     <w:rsid w:val="00205E17"/>
     <w:rsid w:val="00205ED6"/>
     <w:rsid w:val="00212CAC"/>
     <w:rsid w:val="002147DB"/>
+    <w:rsid w:val="00215C0A"/>
     <w:rsid w:val="0022290D"/>
     <w:rsid w:val="002271FF"/>
     <w:rsid w:val="00230F39"/>
     <w:rsid w:val="002316D0"/>
     <w:rsid w:val="00233B8F"/>
     <w:rsid w:val="002350BE"/>
     <w:rsid w:val="002419AA"/>
     <w:rsid w:val="00241B0C"/>
     <w:rsid w:val="00242855"/>
     <w:rsid w:val="00242F0C"/>
     <w:rsid w:val="002475F8"/>
     <w:rsid w:val="0025030C"/>
     <w:rsid w:val="00254FEA"/>
     <w:rsid w:val="00255867"/>
     <w:rsid w:val="00261360"/>
     <w:rsid w:val="00261DD8"/>
     <w:rsid w:val="00266D09"/>
     <w:rsid w:val="0027726B"/>
     <w:rsid w:val="00282BB4"/>
     <w:rsid w:val="00286276"/>
     <w:rsid w:val="0029075E"/>
     <w:rsid w:val="00292A8E"/>
     <w:rsid w:val="00295B84"/>
     <w:rsid w:val="00297315"/>
     <w:rsid w:val="002A2E9A"/>
@@ -18960,88 +19076,90 @@
     <w:rsid w:val="005474DA"/>
     <w:rsid w:val="00551C36"/>
     <w:rsid w:val="0055206E"/>
     <w:rsid w:val="0055266F"/>
     <w:rsid w:val="00557A6A"/>
     <w:rsid w:val="005602D2"/>
     <w:rsid w:val="00566609"/>
     <w:rsid w:val="00566769"/>
     <w:rsid w:val="00567BAF"/>
     <w:rsid w:val="005738DC"/>
     <w:rsid w:val="005774B9"/>
     <w:rsid w:val="00580372"/>
     <w:rsid w:val="00580D24"/>
     <w:rsid w:val="00582129"/>
     <w:rsid w:val="005825EC"/>
     <w:rsid w:val="00583B4E"/>
     <w:rsid w:val="00584632"/>
     <w:rsid w:val="00590BD6"/>
     <w:rsid w:val="00595915"/>
     <w:rsid w:val="00597F00"/>
     <w:rsid w:val="005A4E3B"/>
     <w:rsid w:val="005A78AF"/>
     <w:rsid w:val="005B35F3"/>
     <w:rsid w:val="005B6FA8"/>
     <w:rsid w:val="005C2DA7"/>
+    <w:rsid w:val="005C5628"/>
     <w:rsid w:val="005D06EA"/>
     <w:rsid w:val="005D0E70"/>
     <w:rsid w:val="005D5AB2"/>
     <w:rsid w:val="005E19B7"/>
     <w:rsid w:val="005E382F"/>
     <w:rsid w:val="005E493E"/>
     <w:rsid w:val="005E496B"/>
     <w:rsid w:val="005F1761"/>
     <w:rsid w:val="005F3EEC"/>
     <w:rsid w:val="005F6656"/>
     <w:rsid w:val="00610824"/>
     <w:rsid w:val="00616F9B"/>
     <w:rsid w:val="0061713C"/>
     <w:rsid w:val="0063127E"/>
     <w:rsid w:val="00632563"/>
     <w:rsid w:val="0063405E"/>
     <w:rsid w:val="00642FA6"/>
     <w:rsid w:val="00643315"/>
     <w:rsid w:val="00643440"/>
     <w:rsid w:val="00644260"/>
     <w:rsid w:val="006446D1"/>
     <w:rsid w:val="006448F8"/>
     <w:rsid w:val="00644B37"/>
     <w:rsid w:val="00646E31"/>
     <w:rsid w:val="0065389C"/>
     <w:rsid w:val="0065489D"/>
     <w:rsid w:val="00655575"/>
     <w:rsid w:val="00656EB6"/>
     <w:rsid w:val="006577DF"/>
     <w:rsid w:val="0066066B"/>
     <w:rsid w:val="00661482"/>
     <w:rsid w:val="00662B80"/>
     <w:rsid w:val="00662E53"/>
     <w:rsid w:val="00670147"/>
     <w:rsid w:val="006713F0"/>
     <w:rsid w:val="00671D72"/>
     <w:rsid w:val="006723A5"/>
     <w:rsid w:val="00672CC8"/>
+    <w:rsid w:val="006731A6"/>
     <w:rsid w:val="00676A54"/>
     <w:rsid w:val="00685413"/>
     <w:rsid w:val="00685C05"/>
     <w:rsid w:val="0068673E"/>
     <w:rsid w:val="00687929"/>
     <w:rsid w:val="00690A99"/>
     <w:rsid w:val="006A2CC8"/>
     <w:rsid w:val="006A522A"/>
     <w:rsid w:val="006B03BD"/>
     <w:rsid w:val="006B1C2F"/>
     <w:rsid w:val="006B2422"/>
     <w:rsid w:val="006B3B78"/>
     <w:rsid w:val="006B6E6B"/>
     <w:rsid w:val="006D048B"/>
     <w:rsid w:val="006D1A37"/>
     <w:rsid w:val="006D3FFE"/>
     <w:rsid w:val="006D55DF"/>
     <w:rsid w:val="006E1373"/>
     <w:rsid w:val="006E3386"/>
     <w:rsid w:val="006E3A4B"/>
     <w:rsid w:val="006F193D"/>
     <w:rsid w:val="006F1C87"/>
     <w:rsid w:val="006F47E6"/>
     <w:rsid w:val="006F5C7C"/>
     <w:rsid w:val="0070073B"/>
@@ -19118,50 +19236,51 @@
     <w:rsid w:val="008530D3"/>
     <w:rsid w:val="00854FC1"/>
     <w:rsid w:val="00856C7F"/>
     <w:rsid w:val="00856F33"/>
     <w:rsid w:val="00857839"/>
     <w:rsid w:val="008602D4"/>
     <w:rsid w:val="00861E5C"/>
     <w:rsid w:val="00863575"/>
     <w:rsid w:val="008664A3"/>
     <w:rsid w:val="00866EA1"/>
     <w:rsid w:val="00867532"/>
     <w:rsid w:val="00871F06"/>
     <w:rsid w:val="00873F02"/>
     <w:rsid w:val="00874EE7"/>
     <w:rsid w:val="008756FD"/>
     <w:rsid w:val="00875ED3"/>
     <w:rsid w:val="008769C4"/>
     <w:rsid w:val="008839DE"/>
     <w:rsid w:val="00890DAB"/>
     <w:rsid w:val="0089103A"/>
     <w:rsid w:val="00893FFF"/>
     <w:rsid w:val="00895DB7"/>
     <w:rsid w:val="0089751A"/>
     <w:rsid w:val="008A2321"/>
     <w:rsid w:val="008A2DD7"/>
+    <w:rsid w:val="008A3AA1"/>
     <w:rsid w:val="008B0F60"/>
     <w:rsid w:val="008B0F86"/>
     <w:rsid w:val="008B2E02"/>
     <w:rsid w:val="008B5915"/>
     <w:rsid w:val="008B633C"/>
     <w:rsid w:val="008B73D5"/>
     <w:rsid w:val="008C2B48"/>
     <w:rsid w:val="008C3950"/>
     <w:rsid w:val="008D1BA7"/>
     <w:rsid w:val="008D78F1"/>
     <w:rsid w:val="008E3639"/>
     <w:rsid w:val="008E74BE"/>
     <w:rsid w:val="008E7568"/>
     <w:rsid w:val="008F391A"/>
     <w:rsid w:val="008F3C6D"/>
     <w:rsid w:val="009014E9"/>
     <w:rsid w:val="009023A5"/>
     <w:rsid w:val="009040C1"/>
     <w:rsid w:val="00904908"/>
     <w:rsid w:val="0090613C"/>
     <w:rsid w:val="0090733B"/>
     <w:rsid w:val="00910A6A"/>
     <w:rsid w:val="00911307"/>
     <w:rsid w:val="009118E0"/>
     <w:rsid w:val="009133A9"/>
@@ -19242,155 +19361,160 @@
     <w:rsid w:val="00A852F9"/>
     <w:rsid w:val="00A87396"/>
     <w:rsid w:val="00A91793"/>
     <w:rsid w:val="00A927A9"/>
     <w:rsid w:val="00A93D6C"/>
     <w:rsid w:val="00A94425"/>
     <w:rsid w:val="00A96CB9"/>
     <w:rsid w:val="00AA24C5"/>
     <w:rsid w:val="00AA4D33"/>
     <w:rsid w:val="00AA5D82"/>
     <w:rsid w:val="00AB263E"/>
     <w:rsid w:val="00AB40C5"/>
     <w:rsid w:val="00AB725E"/>
     <w:rsid w:val="00AB7278"/>
     <w:rsid w:val="00AC2907"/>
     <w:rsid w:val="00AC29A2"/>
     <w:rsid w:val="00AC6038"/>
     <w:rsid w:val="00AD110C"/>
     <w:rsid w:val="00AD111A"/>
     <w:rsid w:val="00AD377D"/>
     <w:rsid w:val="00AD6316"/>
     <w:rsid w:val="00AE2B7B"/>
     <w:rsid w:val="00AE3814"/>
     <w:rsid w:val="00AF25C3"/>
     <w:rsid w:val="00AF2A92"/>
+    <w:rsid w:val="00B0147B"/>
     <w:rsid w:val="00B01D12"/>
     <w:rsid w:val="00B05557"/>
     <w:rsid w:val="00B05B58"/>
     <w:rsid w:val="00B06CA5"/>
     <w:rsid w:val="00B104B2"/>
+    <w:rsid w:val="00B10BB8"/>
     <w:rsid w:val="00B11159"/>
     <w:rsid w:val="00B126EE"/>
     <w:rsid w:val="00B12DB5"/>
     <w:rsid w:val="00B17967"/>
     <w:rsid w:val="00B227F2"/>
     <w:rsid w:val="00B23EC0"/>
     <w:rsid w:val="00B3005D"/>
     <w:rsid w:val="00B354EB"/>
     <w:rsid w:val="00B372A6"/>
     <w:rsid w:val="00B47C13"/>
     <w:rsid w:val="00B520A7"/>
     <w:rsid w:val="00B5636C"/>
     <w:rsid w:val="00B56669"/>
     <w:rsid w:val="00B5694E"/>
     <w:rsid w:val="00B56A5A"/>
     <w:rsid w:val="00B60B37"/>
     <w:rsid w:val="00B63925"/>
     <w:rsid w:val="00B63A3C"/>
     <w:rsid w:val="00B64371"/>
     <w:rsid w:val="00B70A50"/>
     <w:rsid w:val="00B8017F"/>
     <w:rsid w:val="00B8069C"/>
     <w:rsid w:val="00B82E68"/>
     <w:rsid w:val="00B83FDD"/>
     <w:rsid w:val="00B854E3"/>
     <w:rsid w:val="00B872FD"/>
     <w:rsid w:val="00B87657"/>
     <w:rsid w:val="00B93C69"/>
     <w:rsid w:val="00B97C71"/>
     <w:rsid w:val="00B97FA9"/>
     <w:rsid w:val="00BA1BA2"/>
     <w:rsid w:val="00BB0A06"/>
     <w:rsid w:val="00BB270E"/>
     <w:rsid w:val="00BB33BB"/>
     <w:rsid w:val="00BB3D55"/>
     <w:rsid w:val="00BB4488"/>
     <w:rsid w:val="00BB59BE"/>
     <w:rsid w:val="00BC04D1"/>
+    <w:rsid w:val="00BC0E60"/>
     <w:rsid w:val="00BC3BA5"/>
     <w:rsid w:val="00BD17A6"/>
     <w:rsid w:val="00BD19F4"/>
     <w:rsid w:val="00BD5808"/>
     <w:rsid w:val="00BE0BC6"/>
     <w:rsid w:val="00BE1839"/>
     <w:rsid w:val="00BE20B6"/>
     <w:rsid w:val="00BE6144"/>
     <w:rsid w:val="00BE6323"/>
     <w:rsid w:val="00BF10F8"/>
     <w:rsid w:val="00BF2864"/>
     <w:rsid w:val="00BF414A"/>
     <w:rsid w:val="00BF4AEE"/>
     <w:rsid w:val="00C0091C"/>
     <w:rsid w:val="00C00D45"/>
     <w:rsid w:val="00C01DF7"/>
     <w:rsid w:val="00C0445B"/>
     <w:rsid w:val="00C13C6A"/>
     <w:rsid w:val="00C17B89"/>
     <w:rsid w:val="00C2160A"/>
     <w:rsid w:val="00C25718"/>
     <w:rsid w:val="00C31A41"/>
     <w:rsid w:val="00C35BF7"/>
     <w:rsid w:val="00C36AFD"/>
     <w:rsid w:val="00C36BDC"/>
     <w:rsid w:val="00C37870"/>
     <w:rsid w:val="00C41653"/>
     <w:rsid w:val="00C4214E"/>
     <w:rsid w:val="00C56ED3"/>
     <w:rsid w:val="00C579B7"/>
     <w:rsid w:val="00C60BED"/>
     <w:rsid w:val="00C62F15"/>
     <w:rsid w:val="00C6522F"/>
     <w:rsid w:val="00C677A0"/>
     <w:rsid w:val="00C7333E"/>
     <w:rsid w:val="00C75712"/>
     <w:rsid w:val="00C76A14"/>
     <w:rsid w:val="00C81DC9"/>
     <w:rsid w:val="00C86D09"/>
     <w:rsid w:val="00C87D8F"/>
     <w:rsid w:val="00C91A4E"/>
     <w:rsid w:val="00C93503"/>
     <w:rsid w:val="00C940C4"/>
+    <w:rsid w:val="00C963A2"/>
     <w:rsid w:val="00CA2C9E"/>
     <w:rsid w:val="00CA5ACF"/>
     <w:rsid w:val="00CB1408"/>
     <w:rsid w:val="00CB15C0"/>
     <w:rsid w:val="00CB2457"/>
     <w:rsid w:val="00CB606B"/>
     <w:rsid w:val="00CB72F5"/>
     <w:rsid w:val="00CB76EE"/>
     <w:rsid w:val="00CD1717"/>
     <w:rsid w:val="00CE1F64"/>
     <w:rsid w:val="00CF128D"/>
     <w:rsid w:val="00CF1DF4"/>
     <w:rsid w:val="00CF29A2"/>
     <w:rsid w:val="00CF3964"/>
     <w:rsid w:val="00CF3B52"/>
     <w:rsid w:val="00D03351"/>
     <w:rsid w:val="00D03AE8"/>
     <w:rsid w:val="00D06AAA"/>
     <w:rsid w:val="00D11444"/>
+    <w:rsid w:val="00D11CBE"/>
     <w:rsid w:val="00D15297"/>
     <w:rsid w:val="00D16185"/>
     <w:rsid w:val="00D20A5E"/>
     <w:rsid w:val="00D25F78"/>
     <w:rsid w:val="00D267FA"/>
     <w:rsid w:val="00D40C54"/>
     <w:rsid w:val="00D433F4"/>
     <w:rsid w:val="00D5369C"/>
     <w:rsid w:val="00D55CBB"/>
     <w:rsid w:val="00D615B4"/>
     <w:rsid w:val="00D62986"/>
     <w:rsid w:val="00D640B9"/>
     <w:rsid w:val="00D66105"/>
     <w:rsid w:val="00D7058B"/>
     <w:rsid w:val="00D72DB1"/>
     <w:rsid w:val="00D80BDE"/>
     <w:rsid w:val="00D80E5D"/>
     <w:rsid w:val="00D857AF"/>
     <w:rsid w:val="00D877DE"/>
     <w:rsid w:val="00DA2B01"/>
     <w:rsid w:val="00DA2D52"/>
     <w:rsid w:val="00DA3C69"/>
     <w:rsid w:val="00DB08DE"/>
     <w:rsid w:val="00DB4C8C"/>
     <w:rsid w:val="00DB4F0E"/>
@@ -19487,50 +19611,51 @@
     <w:rsid w:val="00F9447C"/>
     <w:rsid w:val="00F94546"/>
     <w:rsid w:val="00F94B96"/>
     <w:rsid w:val="00F96AA3"/>
     <w:rsid w:val="00F96F1F"/>
     <w:rsid w:val="00F97384"/>
     <w:rsid w:val="00F97958"/>
     <w:rsid w:val="00FA4F8C"/>
     <w:rsid w:val="00FA7304"/>
     <w:rsid w:val="00FA7DE3"/>
     <w:rsid w:val="00FB15ED"/>
     <w:rsid w:val="00FB18F2"/>
     <w:rsid w:val="00FB4028"/>
     <w:rsid w:val="00FB61FC"/>
     <w:rsid w:val="00FB6D9C"/>
     <w:rsid w:val="00FC5E5F"/>
     <w:rsid w:val="00FD4128"/>
     <w:rsid w:val="00FE0EAC"/>
     <w:rsid w:val="00FE2B1A"/>
     <w:rsid w:val="00FE72CE"/>
     <w:rsid w:val="00FF00FA"/>
     <w:rsid w:val="00FF0268"/>
     <w:rsid w:val="00FF0846"/>
     <w:rsid w:val="00FF1D24"/>
     <w:rsid w:val="00FF5257"/>
+    <w:rsid w:val="00FF721C"/>
     <w:rsid w:val="356C7A8A"/>
     <w:rsid w:val="569E2B06"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
       <v:stroke weight="3pt" linestyle="thinThin"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
@@ -19916,50 +20041,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
@@ -21058,75 +21184,75 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40F8BFB1-A1CD-48FC-B7F5-D5BC3E88C728}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>3213</Words>
-  <Characters>18315</Characters>
+  <Words>3235</Words>
+  <Characters>18443</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>152</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>153</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CtrlSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21486</CharactersWithSpaces>
+  <CharactersWithSpaces>21635</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1033-11.2.0.10447</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>5248878BCE8F4159A247BF85AA2608F4</vt:lpwstr>
   </property>
 </Properties>